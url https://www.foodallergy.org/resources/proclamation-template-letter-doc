--- v0 (2025-10-12)
+++ v1 (2026-03-22)
@@ -1,818 +1,620 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7273E9DE" w14:textId="77777777" w:rsidR="00DE5D39" w:rsidRPr="00DE5D39" w:rsidRDefault="00DE5D39" w:rsidP="00DE5D39">
+    <w:p w14:paraId="1A3CDBD7" w14:textId="77777777" w:rsidR="00DE6415" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:outlineLvl w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:b/>
+          <w:sz w:val="32"/>
         </w:rPr>
-      </w:pPr>
-[...7 lines deleted...]
-        <w:t>On behalf of the one in 10 of residents with food allergies of our state, I am writing to request that a proclamation be issued this year for FOOD ALLERGY AWARENESS WEEK, May 11-17, 2025.</w:t>
+        <w:t>STATE OF [STATE NAME]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63DFE414" w14:textId="77777777" w:rsidR="00DE5D39" w:rsidRPr="00DE5D39" w:rsidRDefault="00DE5D39" w:rsidP="00DE5D39">
+    <w:p w14:paraId="2BCA97F4" w14:textId="77777777" w:rsidR="00DE6415" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:outlineLvl w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="333333"/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...19 lines deleted...]
-        <w:t>Food allergies are a life-changing, serious and increasingly prevalent disease that affects more than 33 million people in the United States. One in every 13 children has food allergy, which is approximately two children in every U.S. classroom. In the U.S., emergency medical treatment for severe allergic reactions to food increased 377 percent in just one decade. Every 10 seconds, food allergy sends a patient to the emergency room. And food allergies are costly—a 2013 study found that childhood food allergy costs U.S. families $24.8 billion for childhood food allergy ($4,184 per year, per child). Adjusted for inflation, this impact becomes $33.9 billion per year in 2025, and $5,771 per child.</w:t>
+        <w:t>Office of the Governor</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20C14176" w14:textId="77777777" w:rsidR="00DE5D39" w:rsidRPr="00DE5D39" w:rsidRDefault="00DE5D39" w:rsidP="00DE5D39">
+    <w:p w14:paraId="1634451C" w14:textId="77777777" w:rsidR="00DE6415" w:rsidRDefault="00DE6415"/>
+    <w:p w14:paraId="6E4BF200" w14:textId="77777777" w:rsidR="00DE6415" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:outlineLvl w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:b/>
+          <w:sz w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...19 lines deleted...]
-        <w:t xml:space="preserve">There is no cure for food allergy. Allergic reactions to food can range from mild symptoms to anaphylaxis, a serious allergic reaction that can occur rapidly and is potentially life-threatening. </w:t>
+        <w:t>PROCLAMATION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B182843" w14:textId="77777777" w:rsidR="00DE5D39" w:rsidRPr="00DE5D39" w:rsidRDefault="00DE5D39" w:rsidP="00DE5D39">
+    <w:p w14:paraId="728FD7FE" w14:textId="77777777" w:rsidR="00DE6415" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:outlineLvl w:val="2"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
-          <w:color w:val="333333"/>
+          <w:b/>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...19 lines deleted...]
-        <w:t>With your support in declaring FOOD ALLERGY AWARENESS WEEK, we can continue to increase public awareness about food allergy. It is our objective to help educate schools, restaurants and the citizens of our state on the serious and potentially life-threatening nature of food allergy.</w:t>
+        <w:t>FOOD ALLERGY AWARENESS WEEK</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BB632A5" w14:textId="77777777" w:rsidR="00DE5D39" w:rsidRPr="00DE5D39" w:rsidRDefault="00DE5D39" w:rsidP="00DE5D39">
+    <w:p w14:paraId="135E1DFE" w14:textId="77777777" w:rsidR="00DE6415" w:rsidRDefault="00DE6415"/>
+    <w:p w14:paraId="1CB15059" w14:textId="77777777" w:rsidR="00DE6415" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="120"/>
       </w:pPr>
-    </w:p>
-[...18 lines deleted...]
-        <w:t>Please find below a draft of a proposed Proclamation for FOOD ALLERGY AWARENESS WEEK for the week of May 11-17, 2025, to help build recognition and support for individuals and families managing food allergy. You may send the proclamation to:</w:t>
+      <w:r>
+        <w:t>WHEREAS, more than 33 million Americans live with food allergies, including nearly 6 million children under the age of 18; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A05A819" w14:textId="77777777" w:rsidR="00DE5D39" w:rsidRPr="00DE5D39" w:rsidRDefault="00DE5D39" w:rsidP="00DE5D39">
+    <w:p w14:paraId="59642D37" w14:textId="77777777" w:rsidR="00DE6415" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="120"/>
       </w:pPr>
-    </w:p>
-[...18 lines deleted...]
-        <w:t>FARE (Food Allergy Research &amp; Education)</w:t>
+      <w:r>
+        <w:t>WHEREAS, research shows that the prevalence of food allergies continues to increase among both children and adults; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="43725DC7" w14:textId="77777777" w:rsidR="00DE5D39" w:rsidRPr="00DE5D39" w:rsidRDefault="00DE5D39" w:rsidP="00DE5D39">
+    <w:p w14:paraId="73276A5F" w14:textId="77777777" w:rsidR="00DE6415" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="120"/>
       </w:pPr>
-      <w:r w:rsidRPr="00DE5D39">
-[...6 lines deleted...]
-        <w:t>Attention: FAAW</w:t>
+      <w:r>
+        <w:t>WHEREAS, nine foods cause the majority of all food allergy reactions in the United States — shellfish, fish, milk, eggs, tree nuts, peanuts, soy, wheat, and sesame — and food allergy reactions can range from mild symptoms to severe, potentially life-threatening reactions such as anaphylaxis; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1584786F" w14:textId="77777777" w:rsidR="00DE5D39" w:rsidRPr="00DE5D39" w:rsidRDefault="00DE5D39" w:rsidP="00DE5D39">
+    <w:p w14:paraId="4A28C515" w14:textId="77777777" w:rsidR="00DE6415" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="120"/>
       </w:pPr>
-      <w:r w:rsidRPr="00DE5D39">
-[...6 lines deleted...]
-        <w:t>7901 Jones Branch Drive, Suite 240</w:t>
+      <w:r>
+        <w:t>WHEREAS, anaphylaxis is a serious allergic reaction that occurs rapidly and may cause death if not treated promptly; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="160CE556" w14:textId="77777777" w:rsidR="00DE5D39" w:rsidRPr="00DE5D39" w:rsidRDefault="00DE5D39" w:rsidP="00DE5D39">
+    <w:p w14:paraId="191D992A" w14:textId="77777777" w:rsidR="00DE6415" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="120"/>
       </w:pPr>
-      <w:r w:rsidRPr="00DE5D39">
-[...6 lines deleted...]
-        <w:t>McLean, VA  22102</w:t>
+      <w:r>
+        <w:t>WHEREAS, every 10 seconds, food allergies send a patient to the emergency room, often as a result of unknowingly consuming a food containing an allergen; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07C6D1C3" w14:textId="77777777" w:rsidR="00DE5D39" w:rsidRPr="00DE5D39" w:rsidRDefault="00DE5D39" w:rsidP="00DE5D39">
+    <w:p w14:paraId="1F898E44" w14:textId="77777777" w:rsidR="00DE6415" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="120"/>
       </w:pPr>
-    </w:p>
-[...28 lines deleted...]
-        <w:t>support.</w:t>
+      <w:r>
+        <w:t>WHEREAS, emergency medical treatment for severe food allergy reactions has increased by 377 percent over the past decade; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79B8926F" w14:textId="77777777" w:rsidR="00DE5D39" w:rsidRDefault="00DE5D39" w:rsidP="00DE5D39">
+    <w:p w14:paraId="7B238E68" w14:textId="77777777" w:rsidR="00DE6415" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="120"/>
       </w:pPr>
-      <w:proofErr w:type="spellEnd"/>
-[...19 lines deleted...]
-        <w:t>Proclamation</w:t>
+      <w:r>
+        <w:t>WHEREAS, childhood food allergies cost U.S. families an estimated $34 billion each year; and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="485FAF23" w14:textId="77777777" w:rsidR="00DE5D39" w:rsidRDefault="00DE5D39" w:rsidP="00DE5D39">
+    <w:p w14:paraId="1E1B2578" w14:textId="77777777" w:rsidR="00DE6415" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:after="120"/>
       </w:pPr>
-      <w:r w:rsidRPr="00DE5D39">
-[...6 lines deleted...]
-        <w:t>FOOD ALLERGY AWARENESS WEEK PROCLAMATION</w:t>
+      <w:r>
+        <w:t>WHEREAS, Food Allergy Research &amp; Education (FARE) is a national nonprofit organization dedicated to improving the quality of life and health of individuals with food allergies and providing them with hope through the promise of new treatments and research advancements;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29F6E87B" w14:textId="77777777" w:rsidR="00DE5D39" w:rsidRDefault="00DE5D39" w:rsidP="00DE5D39">
+    <w:p w14:paraId="12791F79" w14:textId="77777777" w:rsidR="00DE6415" w:rsidRDefault="00DE6415"/>
+    <w:p w14:paraId="4BB9253F" w14:textId="643918F7" w:rsidR="00DE6415" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:jc w:val="center"/>
       </w:pPr>
-    </w:p>
-[...16 lines deleted...]
-        <w:t>WHEREAS, as more than 33 million Americans have food allergies; nearly 6 million are children under the age of 18.</w:t>
+      <w:r>
+        <w:t>NOW, THEREFORE, I, [FULL NAME], Governor of the State of [STATE NAME], do hereby proclaim May 1</w:t>
+      </w:r>
+      <w:r w:rsidR="008E4D8E">
+        <w:t>0</w:t>
+      </w:r>
+      <w:r>
+        <w:t>–1</w:t>
+      </w:r>
+      <w:r w:rsidR="008E4D8E">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="008E4D8E">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:t>, as</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>FOOD ALLERGY AWARENESS WEEK</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t xml:space="preserve">in the State of [STATE NAME], and I encourage all residents to increase their understanding </w:t>
+      </w:r>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>and awareness of food allergies and anaphylaxis, support those affected, and promote safer and more inclusive communities.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7FD649ED" w14:textId="77777777" w:rsidR="00DE5D39" w:rsidRDefault="00DE5D39" w:rsidP="00DE5D39">
+    <w:p w14:paraId="18D6B5E2" w14:textId="77777777" w:rsidR="00DE6415" w:rsidRDefault="00DE6415"/>
+    <w:p w14:paraId="000C6A55" w14:textId="0D2B89AF" w:rsidR="00DE6415" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:jc w:val="center"/>
       </w:pPr>
-    </w:p>
-[...18 lines deleted...]
-        <w:t>WHEREAS,</w:t>
+      <w:r>
+        <w:t>IN WITNESS WHEREOF, I have hereunto set my hand and caused the Great Seal of the State of [STATE NAME] to be affixed this ___ day of _________, 202</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> research shows that the prevalence of food allergy is increasing among children and adults.</w:t>
+      <w:r w:rsidR="00CE4E07">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F33C342" w14:textId="77777777" w:rsidR="00DE5D39" w:rsidRDefault="00DE5D39" w:rsidP="00DE5D39">
+    <w:p w14:paraId="77580070" w14:textId="77777777" w:rsidR="00DE6415" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:jc w:val="center"/>
       </w:pPr>
-    </w:p>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> nine foods cause the majority of all food allergy reactions in the U.S.: shellfish, fish, milk, eggs, tree nuts, peanuts, soy, wheat and sesame. Food allergy reactions can range from mild symptoms to severe reactions, such as anaphylaxis.</w:t>
+      <w:r>
+        <w:t>[STATE SEAL HERE]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="192DC6F5" w14:textId="77777777" w:rsidR="00DE5D39" w:rsidRDefault="00DE5D39" w:rsidP="00DE5D39">
+    <w:p w14:paraId="0615C66C" w14:textId="77777777" w:rsidR="00DE6415" w:rsidRDefault="00DE6415"/>
+    <w:p w14:paraId="0C69D68F" w14:textId="77777777" w:rsidR="00DE6415" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:jc w:val="center"/>
       </w:pPr>
-    </w:p>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> anaphylaxis is a serious allergic reaction that is rapid in onset and may cause death.</w:t>
+      <w:r>
+        <w:t>[Governor’s Signature]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F4C1018" w14:textId="77777777" w:rsidR="00DE5D39" w:rsidRDefault="00DE5D39" w:rsidP="00DE5D39">
+    <w:p w14:paraId="5358DDB3" w14:textId="77777777" w:rsidR="00DE6415" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:jc w:val="center"/>
       </w:pPr>
-    </w:p>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> 10 seconds, food allergy sends a patient to the emergency room. Reactions typically occur when an individual unknowingly eats a food containing an ingredient to which they are allergic. </w:t>
+      <w:r>
+        <w:t>[Governor’s Full Name]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74CB71D7" w14:textId="77777777" w:rsidR="00DE5D39" w:rsidRDefault="00DE5D39" w:rsidP="00DE5D39">
+    <w:p w14:paraId="133E0D3F" w14:textId="77777777" w:rsidR="00DE6415" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:jc w:val="center"/>
       </w:pPr>
-    </w:p>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> emergency medical treatment for severe allergic reactions to food has increased by 377 percent in only a decade.</w:t>
+      <w:r>
+        <w:t>Governor of the State of [STATE NAME]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FD8CFE3" w14:textId="77777777" w:rsidR="00DE5D39" w:rsidRPr="00DE5D39" w:rsidRDefault="00DE5D39" w:rsidP="00DE5D39">
+    <w:p w14:paraId="4E8EEEF8" w14:textId="77777777" w:rsidR="00DE6415" w:rsidRDefault="00DE6415"/>
+    <w:p w14:paraId="5C728C10" w14:textId="77777777" w:rsidR="00DE6415" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:jc w:val="center"/>
       </w:pPr>
-    </w:p>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> childhood food allergies cost U.S. families $34 billion each year.</w:t>
+      <w:r>
+        <w:t>ATTEST:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2199C099" w14:textId="77777777" w:rsidR="00DE5D39" w:rsidRPr="00DE5D39" w:rsidRDefault="00DE5D39" w:rsidP="00DE5D39">
+    <w:p w14:paraId="31743833" w14:textId="77777777" w:rsidR="00DE6415" w:rsidRDefault="00000000">
       <w:pPr>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:jc w:val="center"/>
       </w:pPr>
-    </w:p>
-[...27 lines deleted...]
-        <w:t xml:space="preserve"> FARE (Food Allergy Research &amp; Education) is a national, nonprofit organization dedicated to improving the quality of life and the health of individuals with food allergies, and to providing them hope through the promise of new treatments.</w:t>
+      <w:r>
+        <w:t>[Secretary of State’s Name], Secretary of State</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68CDE68C" w14:textId="77777777" w:rsidR="00DE5D39" w:rsidRPr="00DE5D39" w:rsidRDefault="00DE5D39" w:rsidP="00DE5D39">
-[...20 lines deleted...]
-    <w:sectPr w:rsidR="00586FBA">
+    <w:sectPr w:rsidR="00DE6415" w:rsidSect="00034616">
       <w:pgSz w:w="12240" w:h="15840"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1800" w:bottom="1440" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Aptos">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos Display">
-    <w:panose1 w:val="020B0004020202020204"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Mincho">
+    <w:altName w:val="ＭＳ 明朝"/>
+    <w:panose1 w:val="02020609040205080304"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="MS Gothic">
+    <w:altName w:val="ＭＳ ゴシック"/>
+    <w:panose1 w:val="020B0609070205080204"/>
+    <w:charset w:val="80"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7C"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="C310EC42"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1800"/>
+        </w:tabs>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7D"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="E4089024"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7E"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="FB12693A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber3"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF7F"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="38441652"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber2"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF81"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="171AC3A4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF82"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="F3EAFDEC"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet3"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1080"/>
+        </w:tabs>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF83"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="3D1EFFD4"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet2"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF88"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="D0A62B40"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="ListNumber"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="FFFFFF89"/>
+    <w:multiLevelType w:val="singleLevel"/>
+    <w:tmpl w:val="29761A62"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:pStyle w:val="ListBullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="360"/>
+        </w:tabs>
+        <w:ind w:left="360" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="52244739">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1619213889">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="727069021">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1033924932">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="859011482">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="116224793">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="535854776">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="1964073279">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="2000498692">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="114"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="008A1E83"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00F25823"/>
+    <w:rsidRoot w:val="00B47730"/>
+    <w:rsid w:val="00034616"/>
+    <w:rsid w:val="0006063C"/>
+    <w:rsid w:val="0015074B"/>
+    <w:rsid w:val="0029639D"/>
+    <w:rsid w:val="00326F90"/>
+    <w:rsid w:val="008E4D8E"/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:rsid w:val="00AA5003"/>
+    <w:rsid w:val="00B47730"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:rsid w:val="00CE4E07"/>
+    <w:rsid w:val="00D001E6"/>
+    <w:rsid w:val="00DE6415"/>
+    <w:rsid w:val="00FC693F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-US"/>
+  <w:themeFontLang w:val="en-US" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotAutoCompressPictures/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="18C11CD7"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{EE563F83-A4B7-E94A-A224-66D66CBA702F}"/>
+  <w14:docId w14:val="04FF9AA1"/>
+  <w14:defaultImageDpi w14:val="300"/>
+  <w15:docId w15:val="{D6EBAD67-223B-4BD8-877E-0A4E755B8064}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...1 lines deleted...]
-        <w:szCs w:val="24"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -925,51 +727,51 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -1038,59 +840,50 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -1151,915 +944,11417 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="008A1E83"/>
-[...6 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="00FC693F"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="008A1E83"/>
+    <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="360" w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="480" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
-[...1 lines deleted...]
-      <w:szCs w:val="40"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="008A1E83"/>
+    <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="160" w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
-[...1 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="008A1E83"/>
+    <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="160" w:after="80" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="008A1E83"/>
+    <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="80" w:after="40" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
-[...1 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="008A1E83"/>
+    <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="80" w:after="40" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading6Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="008A1E83"/>
+    <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
-[...1 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading7">
     <w:name w:val="heading 7"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading7Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="008A1E83"/>
+    <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:before="40" w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading8">
     <w:name w:val="heading 8"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading8Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="008A1E83"/>
+    <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...4 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading9Char"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="008A1E83"/>
+    <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="200" w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E618BF"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E618BF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Footer">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="FooterChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00E618BF"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Footer"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00E618BF"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="008A1E83"/>
+    <w:rsid w:val="00FC693F"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
-[...1 lines deleted...]
-      <w:szCs w:val="40"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
-    <w:rsid w:val="008A1E83"/>
+    <w:rsid w:val="00FC693F"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
-[...1 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
-    <w:semiHidden/>
-    <w:rsid w:val="008A1E83"/>
+    <w:rsid w:val="00FC693F"/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...80 lines deleted...]
-      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
-    <w:rsid w:val="008A1E83"/>
-[...1 lines deleted...]
-      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:after="300" w:line="240" w:lineRule="auto"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:spacing w:val="-10"/>
+      <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
       <w:kern w:val="28"/>
-      <w:sz w:val="56"/>
-      <w:szCs w:val="56"/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="008A1E83"/>
+    <w:rsid w:val="00FC693F"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:spacing w:val="-10"/>
+      <w:color w:val="17365D" w:themeColor="text2" w:themeShade="BF"/>
+      <w:spacing w:val="5"/>
       <w:kern w:val="28"/>
-      <w:sz w:val="56"/>
-      <w:szCs w:val="56"/>
+      <w:sz w:val="52"/>
+      <w:szCs w:val="52"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="SubtitleChar"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
-    <w:rsid w:val="008A1E83"/>
+    <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
       </w:numPr>
-      <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:spacing w:val="15"/>
-      <w:sz w:val="28"/>
-      <w:szCs w:val="28"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="SubtitleChar">
     <w:name w:val="Subtitle Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Subtitle"/>
     <w:uiPriority w:val="11"/>
-    <w:rsid w:val="008A1E83"/>
+    <w:rsid w:val="00FC693F"/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:color w:val="595959" w:themeColor="text1" w:themeTint="A6"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
       <w:spacing w:val="15"/>
-      <w:sz w:val="28"/>
-      <w:szCs w:val="28"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListParagraph">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
+    <w:name w:val="Body Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AA1D8D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText2Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText2Char">
+    <w:name w:val="Body Text 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText2"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AA1D8D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText3">
+    <w:name w:val="Body Text 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="BodyText3Char"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="BodyText3Char">
+    <w:name w:val="Body Text 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="BodyText3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00AA1D8D"/>
+    <w:pPr>
+      <w:ind w:left="360" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List2">
+    <w:name w:val="List 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:ind w:left="720" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="List3">
+    <w:name w:val="List 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:ind w:left="1080" w:hanging="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet">
+    <w:name w:val="List Bullet"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="1"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet2">
+    <w:name w:val="List Bullet 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="2"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListBullet3">
+    <w:name w:val="List Bullet 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="3"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber">
+    <w:name w:val="List Number"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00326F90"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="5"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber2">
+    <w:name w:val="List Number 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="6"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListNumber3">
+    <w:name w:val="List Number 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:numPr>
+        <w:numId w:val="7"/>
+      </w:numPr>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue">
+    <w:name w:val="List Continue"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="360"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue2">
+    <w:name w:val="List Continue 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ListContinue3">
+    <w:name w:val="List Continue 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:spacing w:after="120"/>
+      <w:ind w:left="1080"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="MacroText">
+    <w:name w:val="macro"/>
+    <w:link w:val="MacroTextChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="0029639D"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="576"/>
+        <w:tab w:val="left" w:pos="1152"/>
+        <w:tab w:val="left" w:pos="1728"/>
+        <w:tab w:val="left" w:pos="2304"/>
+        <w:tab w:val="left" w:pos="2880"/>
+        <w:tab w:val="left" w:pos="3456"/>
+        <w:tab w:val="left" w:pos="4032"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier" w:hAnsi="Courier"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="MacroTextChar">
+    <w:name w:val="Macro Text Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="MacroText"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="0029639D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Courier" w:hAnsi="Courier"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Quote">
     <w:name w:val="Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="QuoteChar"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
-    <w:rsid w:val="008A1E83"/>
-[...3 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00FC693F"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
-[...1 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="QuoteChar">
     <w:name w:val="Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Quote"/>
     <w:uiPriority w:val="29"/>
-    <w:rsid w:val="008A1E83"/>
+    <w:rsid w:val="00FC693F"/>
     <w:rPr>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
+    <w:name w:val="Heading 5 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading5"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="243F60" w:themeColor="accent1" w:themeShade="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading7Char">
+    <w:name w:val="Heading 7 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading7"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
-    <w:name w:val="List Paragraph"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading8Char">
+    <w:name w:val="Heading 8 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading8"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading9Char">
+    <w:name w:val="Heading 9 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading9"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Caption">
+    <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
-    <w:uiPriority w:val="34"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="35"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="008A1E83"/>
-[...3 lines deleted...]
-      <w:contextualSpacing/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="24"/>
-      <w:szCs w:val="24"/>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="IntenseEmphasis">
-    <w:name w:val="Intense Emphasis"/>
+  <w:style w:type="character" w:styleId="Strong">
+    <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:uiPriority w:val="21"/>
+    <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="008A1E83"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="IntenseQuote">
     <w:name w:val="Intense Quote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="IntenseQuoteChar"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
-    <w:rsid w:val="008A1E83"/>
+    <w:rsid w:val="00FC693F"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
-        <w:bottom w:val="single" w:sz="4" w:space="10" w:color="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="4" w:color="4F81BD" w:themeColor="accent1"/>
       </w:pBdr>
-      <w:spacing w:before="360" w:after="360" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:spacing w:before="200" w:after="280"/>
+      <w:ind w:left="936" w:right="936"/>
     </w:pPr>
     <w:rPr>
+      <w:b/>
+      <w:bCs/>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
-[...1 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="IntenseQuoteChar">
     <w:name w:val="Intense Quote Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="IntenseQuote"/>
     <w:uiPriority w:val="30"/>
-    <w:rsid w:val="008A1E83"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SubtleEmphasis">
+    <w:name w:val="Subtle Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="19"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="808080" w:themeColor="text1" w:themeTint="7F"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="IntenseEmphasis">
+    <w:name w:val="Intense Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="21"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:color w:val="4F81BD" w:themeColor="accent1"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SubtleReference">
+    <w:name w:val="Subtle Reference"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="31"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:smallCaps/>
+      <w:color w:val="C0504D" w:themeColor="accent2"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="IntenseReference">
     <w:name w:val="Intense Reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="32"/>
     <w:qFormat/>
-    <w:rsid w:val="008A1E83"/>
+    <w:rsid w:val="00FC693F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:smallCaps/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="C0504D" w:themeColor="accent2"/>
+      <w:spacing w:val="5"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="BookTitle">
+    <w:name w:val="Book Title"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="33"/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:smallCaps/>
       <w:spacing w:val="5"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="TOCHeading">
+    <w:name w:val="TOC Heading"/>
+    <w:basedOn w:val="Heading1"/>
+    <w:next w:val="Normal"/>
+    <w:uiPriority w:val="39"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:outlineLvl w:val="9"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightShading">
+    <w:name w:val="Light Shading"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightShading-Accent1">
+    <w:name w:val="Light Shading Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="365F91" w:themeColor="accent1" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightShading-Accent2">
+    <w:name w:val="Light Shading Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="943634" w:themeColor="accent2" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightShading-Accent3">
+    <w:name w:val="Light Shading Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="76923C" w:themeColor="accent3" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightShading-Accent4">
+    <w:name w:val="Light Shading Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="5F497A" w:themeColor="accent4" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightShading-Accent5">
+    <w:name w:val="Light Shading Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="31849B" w:themeColor="accent5" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightShading-Accent6">
+    <w:name w:val="Light Shading Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="60"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="E36C0A" w:themeColor="accent6" w:themeShade="BF"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightList">
+    <w:name w:val="Light List"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightList-Accent1">
+    <w:name w:val="Light List Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00FC693F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightList-Accent2">
+    <w:name w:val="Light List Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightList-Accent3">
+    <w:name w:val="Light List Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightList-Accent4">
+    <w:name w:val="Light List Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightList-Accent5">
+    <w:name w:val="Light List Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightList-Accent6">
+    <w:name w:val="Light List Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="61"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightGrid">
+    <w:name w:val="Light Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightGrid-Accent1">
+    <w:name w:val="Light Grid Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightGrid-Accent2">
+    <w:name w:val="Light Grid Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightGrid-Accent3">
+    <w:name w:val="Light Grid Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightGrid-Accent4">
+    <w:name w:val="Light Grid Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightGrid-Accent5">
+    <w:name w:val="Light Grid Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="LightGrid-Accent6">
+    <w:name w:val="Light Grid Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="62"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading1">
+    <w:name w:val="Medium Shading 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading1-Accent1">
+    <w:name w:val="Medium Shading 1 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading1-Accent2">
+    <w:name w:val="Medium Shading 1 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading1-Accent3">
+    <w:name w:val="Medium Shading 1 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading1-Accent4">
+    <w:name w:val="Medium Shading 1 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading1-Accent5">
+    <w:name w:val="Medium Shading 1 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading1-Accent6">
+    <w:name w:val="Medium Shading 1 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="63"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band2Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading2">
+    <w:name w:val="Medium Shading 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading2-Accent1">
+    <w:name w:val="Medium Shading 2 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading2-Accent2">
+    <w:name w:val="Medium Shading 2 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading2-Accent3">
+    <w:name w:val="Medium Shading 2 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading2-Accent4">
+    <w:name w:val="Medium Shading 2 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading2-Accent5">
+    <w:name w:val="Medium Shading 2 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumShading2-Accent6">
+    <w:name w:val="Medium Shading 2 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="64"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:rPr>
+        <w:color w:val="auto"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="double" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D8D8D8" w:themeFill="background1" w:themeFillShade="D8"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="auto"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList1">
+    <w:name w:val="Medium List 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="1F497D" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList1-Accent1">
+    <w:name w:val="Medium List 1 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="1F497D" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList1-Accent2">
+    <w:name w:val="Medium List 1 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="1F497D" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList1-Accent3">
+    <w:name w:val="Medium List 1 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="1F497D" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList1-Accent4">
+    <w:name w:val="Medium List 1 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="1F497D" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList1-Accent5">
+    <w:name w:val="Medium List 1 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="1F497D" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList1-Accent6">
+    <w:name w:val="Medium List 1 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="65"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="1F497D" w:themeColor="text2"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList2">
+    <w:name w:val="Medium List 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList2-Accent1">
+    <w:name w:val="Medium List 2 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList2-Accent2">
+    <w:name w:val="Medium List 2 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList2-Accent3">
+    <w:name w:val="Medium List 2 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList2-Accent4">
+    <w:name w:val="Medium List 2 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList2-Accent5">
+    <w:name w:val="Medium List 2 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumList2-Accent6">
+    <w:name w:val="Medium List 2 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="66"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:sz w:val="24"/>
+        <w:szCs w:val="24"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="swCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid1">
+    <w:name w:val="Medium Grid 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="404040" w:themeColor="text1" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent1">
+    <w:name w:val="Medium Grid 1 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="7BA0CD" w:themeColor="accent1" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent2">
+    <w:name w:val="Medium Grid 1 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="CF7B79" w:themeColor="accent2" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent3">
+    <w:name w:val="Medium Grid 1 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="B3CC82" w:themeColor="accent3" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent4">
+    <w:name w:val="Medium Grid 1 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="9F8AB9" w:themeColor="accent4" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent5">
+    <w:name w:val="Medium Grid 1 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="78C0D4" w:themeColor="accent5" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid1-Accent6">
+    <w:name w:val="Medium Grid 1 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="67"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="F9B074" w:themeColor="accent6" w:themeTint="BF"/>
+        </w:tcBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid2">
+    <w:name w:val="Medium Grid 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6" w:themeFill="text1" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent1">
+    <w:name w:val="Medium Grid 2 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EDF2F8" w:themeFill="accent1" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent2">
+    <w:name w:val="Medium Grid 2 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F8EDED" w:themeFill="accent2" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent3">
+    <w:name w:val="Medium Grid 2 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F5F8EE" w:themeFill="accent3" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent4">
+    <w:name w:val="Medium Grid 2 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2EFF6" w:themeFill="accent4" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent5">
+    <w:name w:val="Medium Grid 2 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EDF6F9" w:themeFill="accent5" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid2-Accent6">
+    <w:name w:val="Medium Grid 2 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="68"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:insideH w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:insideV w:val="single" w:sz="8" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FEF4EC" w:themeFill="accent6" w:themeFillTint="19"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b w:val="0"/>
+        <w:bCs w:val="0"/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:insideH w:val="single" w:sz="6" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid3">
+    <w:name w:val="Medium Grid 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent1">
+    <w:name w:val="Medium Grid 3 Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent2">
+    <w:name w:val="Medium Grid 3 Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent3">
+    <w:name w:val="Medium Grid 3 Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent4">
+    <w:name w:val="Medium Grid 3 Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent5">
+    <w:name w:val="Medium Grid 3 Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="MediumGrid3-Accent6">
+    <w:name w:val="Medium Grid 3 Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="69"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:i w:val="0"/>
+        <w:iCs w:val="0"/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="24" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="DarkList">
+    <w:name w:val="Dark List"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="DarkList-Accent1">
+    <w:name w:val="Dark List Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="4F81BD" w:themeFill="accent1"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="243F60" w:themeFill="accent1" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="DarkList-Accent2">
+    <w:name w:val="Dark List Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="C0504D" w:themeFill="accent2"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="622423" w:themeFill="accent2" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="943634" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="943634" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="943634" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="943634" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="DarkList-Accent3">
+    <w:name w:val="Dark List Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="9BBB59" w:themeFill="accent3"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4E6128" w:themeFill="accent3" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="76923C" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="76923C" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="76923C" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="76923C" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="DarkList-Accent4">
+    <w:name w:val="Dark List Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="8064A2" w:themeFill="accent4"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="3F3151" w:themeFill="accent4" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F497A" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F497A" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F497A" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F497A" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="DarkList-Accent5">
+    <w:name w:val="Dark List Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="4BACC6" w:themeFill="accent5"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="205867" w:themeFill="accent5" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="DarkList-Accent6">
+    <w:name w:val="Dark List Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="70"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FFFFFF" w:themeColor="background1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F79646" w:themeFill="accent6"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="974706" w:themeFill="accent6" w:themeFillShade="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="single" w:sz="18" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulShading">
+    <w:name w:val="Colorful Shading"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6" w:themeFill="text1" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="999999" w:themeFill="text1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulShading-Accent1">
+    <w:name w:val="Colorful Shading Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="4F81BD" w:themeColor="accent1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EDF2F8" w:themeFill="accent1" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="2C4C74" w:themeFill="accent1" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="2C4C74" w:themeColor="accent1" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="2C4C74" w:themeFill="accent1" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="2C4C74" w:themeFill="accent1" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulShading-Accent2">
+    <w:name w:val="Colorful Shading Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F8EDED" w:themeFill="accent2" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="C0504D" w:themeColor="accent2"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="772C2A" w:themeFill="accent2" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="772C2A" w:themeColor="accent2" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="772C2A" w:themeFill="accent2" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="772C2A" w:themeFill="accent2" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulShading-Accent3">
+    <w:name w:val="Colorful Shading Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F5F8EE" w:themeFill="accent3" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5E7530" w:themeFill="accent3" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="5E7530" w:themeColor="accent3" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5E7530" w:themeFill="accent3" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="5E7530" w:themeFill="accent3" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D6E3BC" w:themeFill="accent3" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulShading-Accent4">
+    <w:name w:val="Colorful Shading Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="8064A2" w:themeColor="accent4"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F2EFF6" w:themeFill="accent4" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="9BBB59" w:themeColor="accent3"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4C3B62" w:themeFill="accent4" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="4C3B62" w:themeColor="accent4" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4C3B62" w:themeFill="accent4" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="4C3B62" w:themeFill="accent4" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCC0D9" w:themeFill="accent4" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulShading-Accent5">
+    <w:name w:val="Colorful Shading Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EDF6F9" w:themeFill="accent5" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="276A7C" w:themeFill="accent5" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="276A7C" w:themeColor="accent5" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="276A7C" w:themeFill="accent5" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="276A7C" w:themeFill="accent5" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulShading-Accent6">
+    <w:name w:val="Colorful Shading Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="71"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="24" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="F79646" w:themeColor="accent6"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FEF4EC" w:themeFill="accent6" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="single" w:sz="24" w:space="0" w:color="4BACC6" w:themeColor="accent5"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="6" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="B65608" w:themeFill="accent6" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B65608" w:themeColor="accent6" w:themeShade="99"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="B65608" w:themeFill="accent6" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="B65608" w:themeFill="accent6" w:themeFillShade="99"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBD4B4" w:themeFill="accent6" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="neCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="nwCell">
+      <w:rPr>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulList">
+    <w:name w:val="Colorful List"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6" w:themeFill="text1" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9E3A38" w:themeFill="accent2" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="9E3A38" w:themeColor="accent2" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="C0C0C0" w:themeFill="text1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulList-Accent1">
+    <w:name w:val="Colorful List Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EDF2F8" w:themeFill="accent1" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9E3A38" w:themeFill="accent2" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="9E3A38" w:themeColor="accent2" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D3DFEE" w:themeFill="accent1" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulList-Accent2">
+    <w:name w:val="Colorful List Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F8EDED" w:themeFill="accent2" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="9E3A38" w:themeFill="accent2" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="9E3A38" w:themeColor="accent2" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="EFD3D2" w:themeFill="accent2" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulList-Accent3">
+    <w:name w:val="Colorful List Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F5F8EE" w:themeFill="accent3" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="664E82" w:themeFill="accent4" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="664E82" w:themeColor="accent4" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="E6EED5" w:themeFill="accent3" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulList-Accent4">
+    <w:name w:val="Colorful List Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F2EFF6" w:themeFill="accent4" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="7E9C40" w:themeFill="accent3" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="7E9C40" w:themeColor="accent3" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFD8E8" w:themeFill="accent4" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulList-Accent5">
+    <w:name w:val="Colorful List Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EDF6F9" w:themeFill="accent5" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2730A" w:themeFill="accent6" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="F2730A" w:themeColor="accent6" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="D2EAF1" w:themeFill="accent5" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulList-Accent6">
+    <w:name w:val="Colorful List Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="72"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FEF4EC" w:themeFill="accent6" w:themeFillTint="19"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:bottom w:val="single" w:sz="12" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="348DA5" w:themeFill="accent5" w:themeFillShade="CC"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="348DA5" w:themeColor="accent5" w:themeShade="CC"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000" w:themeColor="text1"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:insideH w:val="nil"/>
+          <w:insideV w:val="nil"/>
+        </w:tcBorders>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE4D0" w:themeFill="accent6" w:themeFillTint="3F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulGrid">
+    <w:name w:val="Colorful Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="CCCCCC" w:themeFill="text1" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="999999" w:themeFill="text1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="999999" w:themeFill="text1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="000000" w:themeFill="text1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="text1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulGrid-Accent1">
+    <w:name w:val="Colorful Grid Accent 1"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DBE5F1" w:themeFill="accent1" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B8CCE4" w:themeFill="accent1" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="365F91" w:themeFill="accent1" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A7BFDE" w:themeFill="accent1" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulGrid-Accent2">
+    <w:name w:val="Colorful Grid Accent 2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="F2DBDB" w:themeFill="accent2" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E5B8B7" w:themeFill="accent2" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="943634" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="943634" w:themeFill="accent2" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6" w:themeFill="accent2" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulGrid-Accent3">
+    <w:name w:val="Colorful Grid Accent 3"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="EAF1DD" w:themeFill="accent3" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D6E3BC" w:themeFill="accent3" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="D6E3BC" w:themeFill="accent3" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="76923C" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="76923C" w:themeFill="accent3" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CDDDAC" w:themeFill="accent3" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulGrid-Accent4">
+    <w:name w:val="Colorful Grid Accent 4"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="E5DFEC" w:themeFill="accent4" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCC0D9" w:themeFill="accent4" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="CCC0D9" w:themeFill="accent4" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F497A" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="5F497A" w:themeFill="accent4" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="BFB1D0" w:themeFill="accent4" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulGrid-Accent5">
+    <w:name w:val="Colorful Grid Accent 5"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="DAEEF3" w:themeFill="accent5" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="B6DDE8" w:themeFill="accent5" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="31849B" w:themeFill="accent5" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="A5D5E2" w:themeFill="accent5" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ColorfulGrid-Accent6">
+    <w:name w:val="Colorful Grid Accent 6"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="73"/>
+    <w:rsid w:val="00CB0664"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="000000" w:themeColor="text1"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblStyleRowBandSize w:val="1"/>
+      <w:tblStyleColBandSize w:val="1"/>
+      <w:tblBorders>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF" w:themeColor="background1"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tcPr>
+      <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9" w:themeFill="accent6" w:themeFillTint="33"/>
+    </w:tcPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBD4B4" w:themeFill="accent6" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastRow">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="000000" w:themeColor="text1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBD4B4" w:themeFill="accent6" w:themeFillTint="66"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="firstCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="lastCol">
+      <w:rPr>
+        <w:color w:val="FFFFFF" w:themeColor="background1"/>
+      </w:rPr>
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="E36C0A" w:themeFill="accent6" w:themeFillShade="BF"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Vert">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
+    <w:tblStylePr w:type="band1Horz">
+      <w:tblPr/>
+      <w:tcPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
+      </w:tcPr>
+    </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="156082"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="E97132"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="196B24"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="0F9ED5"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="A02B93"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="4EA72E"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos" panose="02110004020202020204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...7 lines deleted...]
-                <a:lumMod val="100000"/>
+                <a:tint val="100000"/>
                 <a:shade val="100000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:spDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="3">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="lt1"/>
+        </a:fontRef>
+      </a:style>
+    </a:spDef>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EF278816-EC6F-A645-907D-7F25AECB1D4A}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>507</Words>
-  <Characters>2894</Characters>
+  <Words>322</Words>
+  <Characters>1745</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
-  <Paragraphs>6</Paragraphs>
+  <Lines>41</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3395</CharactersWithSpaces>
+  <CharactersWithSpaces>2052</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
+  <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Madison Kopeck</dc:creator>
+  <dc:creator>python-docx</dc:creator>
   <cp:keywords/>
-  <dc:description/>
+  <dc:description>generated by python-docx</dc:description>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+  <cp:category/>
 </cp:coreProperties>
 </file>